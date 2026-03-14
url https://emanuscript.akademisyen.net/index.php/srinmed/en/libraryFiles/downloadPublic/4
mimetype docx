--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -15,243 +15,306 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1F20CE32" w14:textId="2AF9E0BB" w:rsidR="000E1E95" w:rsidRPr="00250A14" w:rsidRDefault="00285235" w:rsidP="00285235">
       <w:pPr>
-        <w:pStyle w:val="GlAlnt"/>
+        <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
         <w:t>Scientific Reports in Medicine</w:t>
       </w:r>
       <w:r w:rsidR="006E1384" w:rsidRPr="00250A14">
         <w:t xml:space="preserve"> Manuscript Template</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5650B2" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00250A14" w:rsidRDefault="00D32A64" w:rsidP="004F7954">
+    <w:p w14:paraId="1F8D2222" w14:textId="1415CC3C" w:rsidR="00BB6B0A" w:rsidRDefault="00BB6B0A" w:rsidP="004F7954">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Article Type</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:commentReference w:id="0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5650B2" w14:textId="63D939D9" w:rsidR="00126C66" w:rsidRPr="00250A14" w:rsidRDefault="00D32A64" w:rsidP="004F7954">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ibeaquid</w:t>
       </w:r>
-      <w:commentRangeStart w:id="0"/>
-      <w:commentRangeEnd w:id="0"/>
+      <w:commentRangeStart w:id="1"/>
+      <w:commentRangeEnd w:id="1"/>
       <w:r w:rsidR="00DE3525" w:rsidRPr="00250A14">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:commentRangeStart w:id="1"/>
+        <w:commentReference w:id="1"/>
+      </w:r>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>que</w:t>
-[...10 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="2"/>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="2"/>
+      <w:r w:rsidR="00C73415" w:rsidRPr="00250A14">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">nonet </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:commentReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ut </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeStart w:id="3"/>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">faccum </w:t>
+        <w:t xml:space="preserve">nonet </w:t>
       </w:r>
       <w:commentRangeEnd w:id="3"/>
       <w:r w:rsidR="00D24700" w:rsidRPr="00250A14">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:commentReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00250A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ut </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="4"/>
+      <w:r w:rsidRPr="00250A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">faccum </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="4"/>
+      <w:r w:rsidR="00D24700" w:rsidRPr="00250A14">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:commentReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ani con porrovide consequia natio et eum eatus expe estrum fugiamet landa acepudi blat is con consecat</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60628DF6" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00250A14" w:rsidRDefault="006E1384" w:rsidP="004F7954">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="4"/>
+      <w:commentRangeStart w:id="5"/>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Running </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="4"/>
+      <w:commentRangeEnd w:id="5"/>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="4"/>
+        <w:commentReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>title</w:t>
       </w:r>
       <w:r w:rsidR="00D32A64" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00DC279A" w:rsidRPr="00250A14">
         <w:rPr>
@@ -265,71 +328,74 @@
       <w:r w:rsidR="00D32A64" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>beaquid que nonet ut faccum ani con</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="003DCDA1" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00250A14" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="5"/>
+      <w:commentRangeStart w:id="6"/>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="5"/>
+      <w:commentRangeEnd w:id="6"/>
       <w:r w:rsidR="0038239A" w:rsidRPr="00250A14">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="5"/>
+        <w:commentReference w:id="6"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E063D01" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00250A14" w:rsidRDefault="00F53842" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Objective</w:t>
@@ -466,71 +532,74 @@
         <w:t>Conclusion:</w:t>
       </w:r>
       <w:r w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Solorunt enti in etur autemque electemporem fugias maximol oriorit facearum rem fugiti berchilita que eossi sum ipsam, quo endae conecto cor molupta consed quibusae volo quam, autecabore modit maximax imporrum eat aliti ratur, voluptam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FCCBEC3" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00250A14" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="6"/>
+      <w:commentRangeStart w:id="7"/>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="6"/>
+      <w:commentRangeEnd w:id="7"/>
       <w:r w:rsidR="00890D97" w:rsidRPr="00250A14">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="6"/>
+        <w:commentReference w:id="7"/>
       </w:r>
       <w:r w:rsidR="004F4839" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004F4839" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -598,185 +667,188 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>INTRODUCTION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="655C0415" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00250A14" w:rsidRDefault="00F4505C" w:rsidP="00F94B88">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="7"/>
-      <w:commentRangeEnd w:id="7"/>
+      <w:commentRangeStart w:id="8"/>
+      <w:commentRangeEnd w:id="8"/>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="7"/>
+        <w:commentReference w:id="8"/>
       </w:r>
       <w:r w:rsidR="00282DEF" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Pudi conecta errore aciam volorem volupta quiant autate ventis voluptas si cus aut lant officaes nonsed quam ent aut moluptiis as et quiantur</w:t>
       </w:r>
       <w:r w:rsidR="00196AFF" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:t>(</w:t>
       </w:r>
       <w:commentRangeStart w:id="9"/>
       <w:r w:rsidR="00196AFF" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="10"/>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00250A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
+      <w:commentRangeEnd w:id="10"/>
+      <w:r w:rsidR="0049262A" w:rsidRPr="00250A14">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:commentReference w:id="10"/>
+      </w:r>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00250A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:commentRangeEnd w:id="9"/>
-      <w:r w:rsidR="0049262A" w:rsidRPr="00250A14">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00250A14">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:commentReference w:id="9"/>
-      </w:r>
-[...18 lines deleted...]
-        <w:commentReference w:id="8"/>
       </w:r>
       <w:r w:rsidR="00196AFF" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16157E7C" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00285235" w:rsidRDefault="00282DEF" w:rsidP="00642F52">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
         </w:rPr>
         <w:t xml:space="preserve">Ria sa expellabo. Nam, quias nita sus non prore, tempori berum, officium volori omnis ipsa vendiat usandunt maximpe volorem earum, ium ipsaepta non nam vellaut officia dolorume volore eum desed ea inciendebis re pelitis dolorerum eos quam nim exceserior as expel ea dissinist et aut maio. </w:t>
       </w:r>
       <w:r w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Qui officim inulparumque nimposa muscid et mint et qui culleni volest eos dem el int aut quisquat</w:t>
       </w:r>
       <w:r w:rsidR="00196AFF" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:commentRangeStart w:id="10"/>
+      <w:commentRangeStart w:id="11"/>
       <w:r w:rsidR="00196AFF" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>2,3</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="10"/>
-[...4 lines deleted...]
-        <w:commentReference w:id="10"/>
+      <w:commentRangeEnd w:id="11"/>
+      <w:r w:rsidR="000D6D46" w:rsidRPr="00285235">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:eastAsia="Heuristica Regular"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:commentReference w:id="11"/>
       </w:r>
       <w:r w:rsidR="00196AFF" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A22141" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00285235" w:rsidRDefault="00282DEF" w:rsidP="00642F52">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
@@ -1003,72 +1075,71 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ne pe nobis a volupta ssinven disite et </w:t>
       </w:r>
       <w:r w:rsidR="007221C8" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidR="000266B0" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> University Faculty of </w:t>
       </w:r>
-      <w:commentRangeStart w:id="11"/>
+      <w:commentRangeStart w:id="12"/>
       <w:r w:rsidR="000266B0" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Medicine</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="11"/>
+      <w:commentRangeEnd w:id="12"/>
       <w:r w:rsidR="00AE0F17" w:rsidRPr="00250A14">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="11"/>
+        <w:commentReference w:id="12"/>
       </w:r>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ducimus andanisquae. Igenducidero isi dolenis ex et am, sedistibus alignam sequiaturem. </w:t>
       </w:r>
       <w:r w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Nam rem. Nam fugita nes volupta turionsedi autempo ratem. Udam re ni volorum que nos quia seratat esto et estion rempore ptatem. Et quae pere, nectur sapis ernati corumque nimusan duciatentem vellatem eum ius apisciur,</w:t>
       </w:r>
       <w:r w:rsidR="000266B0" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
@@ -1189,83 +1260,86 @@
       <w:r w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Ximin cus expedip itassit, sum laturio eumque labo. Epedit eatureium fugitatem qui dolorpo rionet dusame doluptati to dolor aute aut odi cuptatius reptatur? Equaeror modis que rent fugia nusam fugit autes dolut aut omnia que laborepe quo volupta dolum dolum ium nobitessi occuscil molenih iliquia dolor sitaerro beritatem faccull aboribus et verum es reste rescia plaut lam, quat audanducit quam faciur, sumquiati venis sit poria dunt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="507BA39D" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00285235" w:rsidRDefault="00E60FAB" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="12"/>
+      <w:commentRangeStart w:id="13"/>
       <w:r w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Statistical </w:t>
       </w:r>
       <w:r w:rsidR="00F44198" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>analysis</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="12"/>
-[...7 lines deleted...]
-        <w:commentReference w:id="12"/>
+      <w:commentRangeEnd w:id="13"/>
+      <w:r w:rsidR="00873CBC" w:rsidRPr="00285235">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:commentReference w:id="13"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3240A450" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00250A14" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Seditam, ut ea voloritibus escitas verature dolorae voluptius maximillut aut fugiasite sequiam dolorrorio optam incipsa perchita cum evel int ium renimin ped evenis exped mi, tem lissit mo quiam, seditam, arciliq uibusam repere eicaborepe natem. </w:t>
       </w:r>
       <w:r w:rsidRPr="00250A14">
@@ -1370,75 +1444,74 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00065EFD" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Table</w:t>
       </w:r>
       <w:r w:rsidR="000D0D6E" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeStart w:id="13"/>
+      <w:commentRangeStart w:id="14"/>
       <w:r w:rsidR="000D0D6E" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="13"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:commentRangeEnd w:id="14"/>
+      <w:r w:rsidR="00EF4D52" w:rsidRPr="00285235">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...4 lines deleted...]
-        <w:commentReference w:id="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:commentReference w:id="14"/>
       </w:r>
       <w:r w:rsidR="000D0D6E" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C79F3B2" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00250A14" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
@@ -1450,95 +1523,97 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Imus mo officid ut dempellicae omni omnimus distium di bearuntem nis earunt, con perestendi blabori beatquam et ut eos eos atis volecuptus molupidit, cus, consedi oriberum ipitati ssimi, volut eum volecuptas renia dolores equodiae dolorecus delesequam laute re, aspicit eos secto imusciant rest </w:t>
       </w:r>
       <w:r w:rsidR="00B76590" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(Figure</w:t>
       </w:r>
-      <w:commentRangeStart w:id="14"/>
       <w:commentRangeStart w:id="15"/>
+      <w:commentRangeStart w:id="16"/>
       <w:r w:rsidR="00B76590" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="14"/>
-[...8 lines deleted...]
-      </w:r>
+      <w:commentRangeEnd w:id="16"/>
       <w:r w:rsidR="00B76590" w:rsidRPr="00285235">
         <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:commentReference w:id="16"/>
+      </w:r>
+      <w:r w:rsidR="00B76590" w:rsidRPr="00285235">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="15"/>
+      <w:r w:rsidR="00B76590" w:rsidRPr="00285235">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:commentReference w:id="15"/>
       </w:r>
       <w:r w:rsidR="00B76590" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00B76590" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002807ED" w:rsidRPr="00285235">
         <w:rPr>
@@ -1665,75 +1740,74 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Uditaturi intem simusci nonseniti omnis eost pro cus molo vere officie ndipsamenis ea delisquam lacepeliae nulpa cum </w:t>
       </w:r>
       <w:r w:rsidR="002807ED" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(Figure</w:t>
       </w:r>
-      <w:commentRangeStart w:id="16"/>
+      <w:commentRangeStart w:id="17"/>
       <w:r w:rsidR="002807ED" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="16"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:commentRangeEnd w:id="17"/>
+      <w:r w:rsidR="002807ED" w:rsidRPr="00285235">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...4 lines deleted...]
-        <w:commentReference w:id="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:commentReference w:id="17"/>
       </w:r>
       <w:r w:rsidR="002807ED" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002807ED" w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>. V</w:t>
       </w:r>
       <w:r w:rsidRPr="00285235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2418,80 +2492,81 @@
     <w:p w14:paraId="461C02BC" w14:textId="77777777" w:rsidR="00CA2905" w:rsidRPr="00250A14" w:rsidRDefault="00313B5D" w:rsidP="008024DD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Kaufman DM, Mann KV, Miujtjens AM, Van der Vleuten CP. A comparison of standard setting procedures for an OSCE in undergraduate medical education. Academic Medicine 2000;75:267-71</w:t>
       </w:r>
-      <w:commentRangeStart w:id="17"/>
+      <w:commentRangeStart w:id="18"/>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>https://doi.org/10.1097/00001888-200003000-00018</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="17"/>
+      <w:commentRangeEnd w:id="18"/>
       <w:r w:rsidR="00A50963" w:rsidRPr="00250A14">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="17"/>
+        <w:commentReference w:id="18"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA1CEAC" w14:textId="77777777" w:rsidR="00CA2905" w:rsidRPr="00250A14" w:rsidRDefault="00CA2905" w:rsidP="00983A14">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -2506,71 +2581,72 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F17480" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>https:</w:t>
       </w:r>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>//doi.org/10.17986/blm.</w:t>
       </w:r>
-      <w:commentRangeStart w:id="18"/>
+      <w:commentRangeStart w:id="19"/>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2016323754</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="18"/>
-[...4 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:commentRangeEnd w:id="19"/>
+      <w:r w:rsidR="005774E8" w:rsidRPr="00250A14">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="18"/>
+        <w:commentReference w:id="19"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4982774C" w14:textId="77777777" w:rsidR="00CA2905" w:rsidRPr="00250A14" w:rsidRDefault="00CA2905" w:rsidP="00983A14">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -3027,71 +3103,74 @@
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D0C78AF" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00250A14" w:rsidRDefault="003F0141" w:rsidP="00CD288E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Figure</w:t>
       </w:r>
-      <w:commentRangeStart w:id="19"/>
+      <w:commentRangeStart w:id="20"/>
       <w:r w:rsidR="00D3322B" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="19"/>
+      <w:commentRangeEnd w:id="20"/>
       <w:r w:rsidR="00325A96" w:rsidRPr="00250A14">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="19"/>
+        <w:commentReference w:id="20"/>
       </w:r>
       <w:r w:rsidR="00D3322B" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00D3322B" w:rsidRPr="00250A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Endem faceperspedi res dem</w:t>
       </w:r>
       <w:r w:rsidR="00F17480" w:rsidRPr="00250A14">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
@@ -3154,68 +3233,68 @@
       </w:r>
       <w:r w:rsidR="00F17480" w:rsidRPr="00250A14">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00F17480" w:rsidRPr="00250A14">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F17480" w:rsidRPr="00250A14">
         <w:t xml:space="preserve">Ut perspiderio. Itas quas endem aut aut lacium di aut </w:t>
       </w:r>
-      <w:commentRangeStart w:id="20"/>
       <w:commentRangeStart w:id="21"/>
+      <w:commentRangeStart w:id="22"/>
       <w:r w:rsidR="00F17480" w:rsidRPr="00250A14">
         <w:t>optat</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="20"/>
+      <w:commentRangeEnd w:id="22"/>
       <w:r w:rsidR="00F17480" w:rsidRPr="00250A14">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="20"/>
+          <w:rStyle w:val="CommentReference"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="22"/>
       </w:r>
       <w:commentRangeEnd w:id="21"/>
       <w:r w:rsidR="00F17480" w:rsidRPr="00250A14">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="21"/>
       </w:r>
       <w:r w:rsidR="00F17480" w:rsidRPr="00250A14">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="398169D7" w14:textId="77777777" w:rsidR="00630FFD" w:rsidRDefault="00630FFD">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="34C6208B" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRDefault="00630FFD" w:rsidP="00CA2905">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
@@ -3698,148 +3777,148 @@
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCBD995" w14:textId="77777777" w:rsidR="00B329C2" w:rsidRPr="00250A14" w:rsidRDefault="00B329C2" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="DzTablo2"/>
+        <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1729"/>
         <w:gridCol w:w="1197"/>
         <w:gridCol w:w="1168"/>
         <w:gridCol w:w="818"/>
         <w:gridCol w:w="818"/>
         <w:gridCol w:w="1209"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="1208"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B67A9" w:rsidRPr="00250A14" w14:paraId="7B879452" w14:textId="77777777" w:rsidTr="00231EB8">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="4750A2EF" w14:textId="77777777" w:rsidR="009B67A9" w:rsidRPr="00250A14" w:rsidRDefault="009B67A9" w:rsidP="000F7F96">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:right="232"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="22"/>
+            <w:commentRangeStart w:id="23"/>
             <w:r w:rsidRPr="00250A14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Tabl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="22"/>
-[...9 lines deleted...]
-              <w:commentReference w:id="22"/>
+            <w:commentRangeEnd w:id="23"/>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:commentReference w:id="23"/>
             </w:r>
             <w:r w:rsidRPr="00250A14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1. Arum facearit fugiaeria simolupta quid </w:t>
             </w:r>
-            <w:commentRangeStart w:id="23"/>
+            <w:commentRangeStart w:id="24"/>
             <w:r w:rsidRPr="00250A14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>mostia</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="23"/>
-[...7 lines deleted...]
-              <w:commentReference w:id="23"/>
+            <w:commentRangeEnd w:id="24"/>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:commentReference w:id="24"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C79C5" w:rsidRPr="00250A14" w14:paraId="0A3AFF3E" w14:textId="77777777" w:rsidTr="00231EB8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="958" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="1B520467" w14:textId="77777777" w:rsidR="004C79C5" w:rsidRPr="00250A14" w:rsidRDefault="004C79C5" w:rsidP="000F7F96">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
@@ -6596,122 +6675,123 @@
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:right="232"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00231EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>†</w:t>
             </w:r>
-            <w:commentRangeStart w:id="24"/>
+            <w:commentRangeStart w:id="25"/>
             <w:r w:rsidRPr="00231EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Paired t-test, t=5.34 p &lt; .005, SD = standard deviation…</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="24"/>
+            <w:commentRangeEnd w:id="25"/>
             <w:r w:rsidRPr="00231EB8">
               <w:rPr>
-                <w:rStyle w:val="AklamaBavurusu"/>
+                <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="auto"/>
-[...2 lines deleted...]
-              <w:commentReference w:id="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:commentReference w:id="25"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="460F53E8" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00250A14" w:rsidRDefault="00F17480" w:rsidP="003F726D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5512D7C7" w14:textId="77777777" w:rsidR="004F5A27" w:rsidRPr="00250A14" w:rsidRDefault="004F5A27">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sectPr w:rsidR="004F5A27" w:rsidRPr="00250A14" w:rsidSect="008625D1">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="850" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EECC7BB" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00250A14" w:rsidRDefault="00F17480" w:rsidP="003F726D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="DzTablo2"/>
+        <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1516"/>
         <w:gridCol w:w="2090"/>
         <w:gridCol w:w="1534"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="967"/>
         <w:gridCol w:w="967"/>
         <w:gridCol w:w="973"/>
         <w:gridCol w:w="1515"/>
         <w:gridCol w:w="1512"/>
         <w:gridCol w:w="1512"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B67A9" w:rsidRPr="00250A14" w14:paraId="4B524FB2" w14:textId="77777777" w:rsidTr="00231EB8">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="10"/>
@@ -6742,71 +6822,70 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Tabl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00250A14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2. Equas venis alit </w:t>
             </w:r>
-            <w:commentRangeStart w:id="25"/>
+            <w:commentRangeStart w:id="26"/>
             <w:r w:rsidRPr="00250A14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>maio</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="25"/>
-[...9 lines deleted...]
-              <w:commentReference w:id="25"/>
+            <w:commentRangeEnd w:id="26"/>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:commentReference w:id="26"/>
             </w:r>
             <w:r w:rsidRPr="00250A14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C79C5" w:rsidRPr="00250A14" w14:paraId="503D7848" w14:textId="77777777" w:rsidTr="00231EB8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="520" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2FC830F6" w14:textId="77777777" w:rsidR="004C79C5" w:rsidRPr="00250A14" w:rsidRDefault="004C79C5" w:rsidP="000F7F96">
@@ -10254,947 +10333,3999 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B329C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>=5.34 p &lt; .005, SD = standard deviation…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F1361C2" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00250A14" w:rsidRDefault="00F17480"/>
+    <w:p w14:paraId="0791D626" w14:textId="77777777" w:rsidR="0006025C" w:rsidRDefault="0006025C" w:rsidP="00767356">
+      <w:pPr>
+        <w:sectPr w:rsidR="0006025C" w:rsidSect="008625D1">
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="850" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="559A5466" w14:textId="77777777" w:rsidR="00767356" w:rsidRPr="00250A14" w:rsidRDefault="00767356" w:rsidP="00767356"/>
-    <w:p w14:paraId="1CA4AFE3" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00250A14" w:rsidRDefault="00F17480"/>
-[...3 lines deleted...]
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="850" w:gutter="0"/>
+    <w:p w14:paraId="23EA4A0A" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="0006025C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="PlainTable2"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1737"/>
+        <w:gridCol w:w="1203"/>
+        <w:gridCol w:w="1174"/>
+        <w:gridCol w:w="822"/>
+        <w:gridCol w:w="822"/>
+        <w:gridCol w:w="1216"/>
+        <w:gridCol w:w="884"/>
+        <w:gridCol w:w="1214"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0006025C" w:rsidRPr="00250A14" w14:paraId="702A5942" w14:textId="77777777" w:rsidTr="00796514">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E272E5B" w14:textId="281181E8" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="27"/>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Tabl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="27"/>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:commentReference w:id="27"/>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D7757">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Arum facearit fugiaeria simolupta quid </w:t>
+            </w:r>
+            <w:commentRangeStart w:id="28"/>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>mostia</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="28"/>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:commentReference w:id="28"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0006025C" w:rsidRPr="00250A14" w14:paraId="1F6CDCA4" w14:textId="77777777" w:rsidTr="00796514">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="958" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AF3117" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="663" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FAF96E" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Puditati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="413F9BAC" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>perspid</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="906" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4043DD7E" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nonse nonse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0694F39C" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Test</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B524A11" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Sig</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF02FF7" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0006025C" w:rsidRPr="00250A14" w14:paraId="388A0582" w14:textId="77777777" w:rsidTr="00796514">
+        <w:trPr>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="958" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2E59451D" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="663" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="31BD3297" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="424AA884" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="452FABBE" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(n)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DC5F0E" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="31377D6B" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>χ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>=5.34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D349D6" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B67A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC47A06" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0006025C" w:rsidRPr="00250A14" w14:paraId="46D395AB" w14:textId="77777777" w:rsidTr="00796514">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="958" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="22021116" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Gendusam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="663" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4456500F" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4A2BD6" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E808928" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="641AAA42" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E0280F0" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="711964A8" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="76376967" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0006025C" w:rsidRPr="00250A14" w14:paraId="332642A3" w14:textId="77777777" w:rsidTr="00796514">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="958" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E21A7B3" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>facepelic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="663" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2B4B0E" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="13EB2770" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F54B4E0" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FABD044" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6180D7" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5098A487" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AECA297" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0006025C" w:rsidRPr="00250A14" w14:paraId="7359E103" w14:textId="77777777" w:rsidTr="00796514">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="958" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD74180" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>quibeariosto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="663" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F8C6FC" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53F67236" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="30885217" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78C21957" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="49530867" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1176438B" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0109E319" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0006025C" w:rsidRPr="00250A14" w14:paraId="0CED893A" w14:textId="77777777" w:rsidTr="00796514">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="958" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1A335D" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>rehenem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="663" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A316528" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1402785D" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD0508A" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAEA648" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="762E046D" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6CB591" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7E7224" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0006025C" w:rsidRPr="00250A14" w14:paraId="22EBCA87" w14:textId="77777777" w:rsidTr="00796514">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="958" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB627C0" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>harchictaes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="663" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1FB4A2" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D619A6C" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="746DE677" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="372F5D24" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F14F5F0" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="522BB315" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7181FDA0" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0006025C" w:rsidRPr="00250A14" w14:paraId="67FD2388" w14:textId="77777777" w:rsidTr="00796514">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="958" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC569FE" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>quibusam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="663" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="12802405" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F29920" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE93B23" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="278E97BD" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="24600866" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="132F099F" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E90E711" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>153</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0006025C" w:rsidRPr="00250A14" w14:paraId="6F14EF5C" w14:textId="77777777" w:rsidTr="00796514">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="958" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7549069F" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="663" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D900963" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>235</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C4C5BF" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>208</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE325BA" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>235</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="712B1547" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CDC344A" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CEB926" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A1BE7A" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>854</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00250A14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0006025C" w:rsidRPr="00250A14" w14:paraId="6B30D0F1" w14:textId="77777777" w:rsidTr="00796514">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="112FA099" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00231EB8" w:rsidRDefault="0006025C" w:rsidP="00796514">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>†</w:t>
+            </w:r>
+            <w:commentRangeStart w:id="29"/>
+            <w:r w:rsidRPr="00231EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Paired t-test, t=5.34 p &lt; .005, SD = standard deviation…</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="29"/>
+            <w:r w:rsidRPr="00231EB8">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:commentReference w:id="29"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3ACB4A33" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidRDefault="0006025C" w:rsidP="00B40EC4"/>
+    <w:sectPr w:rsidR="0006025C" w:rsidRPr="00250A14" w:rsidSect="0006025C">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="850" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1 lines deleted...]
-    <w:p w14:paraId="19090186" w14:textId="77777777" w:rsidR="00C73415" w:rsidRDefault="00DE3525">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="0" w:author="Author" w:initials="A">
+    <w:p w14:paraId="2615DF2D" w14:textId="77777777" w:rsidR="00BB6B0A" w:rsidRDefault="00BB6B0A" w:rsidP="00BB6B0A">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Please indicate type of the article; ex: Research Article, Case Report or Review Article</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="1" w:author="Author" w:initials="A">
+    <w:p w14:paraId="19090186" w14:textId="4A1DCD28" w:rsidR="00C73415" w:rsidRDefault="00DE3525">
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00C73415">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please do not hide the line numbers on the left.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="098C3724" w14:textId="77777777" w:rsidR="00C73415" w:rsidRDefault="00C73415">
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>You can remove all comment boxes in this document at once with the “Delete All Comments in Document” option by clicking the tiny arrow to the right of the delete comment button on the Review tab in the toolbar. Please read the comments to the end before deleting them.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="632C222A" w14:textId="77777777" w:rsidR="00BC47FE" w:rsidRPr="006521BB" w:rsidRDefault="00C73415" w:rsidP="00C73415">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>It is generally a better idea to prepare the full text after reviewing the explanations.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="1" w:author="Yazar" w:initials="A">
+  <w:comment w:id="2" w:author="Author" w:initials="A">
     <w:p w14:paraId="2F27870A" w14:textId="77777777" w:rsidR="00C73415" w:rsidRDefault="00C73415" w:rsidP="00C73415">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>English Title with only first word capitalized, other words except proper nouns in lowercase according to sentence order.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="2" w:author="Yazar" w:initials="A">
+  <w:comment w:id="3" w:author="Author" w:initials="A">
     <w:p w14:paraId="1A74660C" w14:textId="77777777" w:rsidR="00D24700" w:rsidRDefault="00D24700" w:rsidP="00890D97">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00890D97">
         <w:t>Essential parts of the article, including the English title, English abstract, running title, objective, method, findings, case report, discussion and conclusion, references, tables, figures and graphics of the article should be available in this file. Since this file will be sent to the reviewers, the name of the author, hospital, institution, acknowledgments and ethics committee should not be included in any way in accordance with the principles of blind review.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="3" w:author="Yazar" w:initials="A">
+  <w:comment w:id="4" w:author="Author" w:initials="A">
     <w:p w14:paraId="7E7BA4E9" w14:textId="77777777" w:rsidR="00D24700" w:rsidRDefault="00D24700" w:rsidP="008D7613">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="008D7613">
         <w:t xml:space="preserve">The title of the article should </w:t>
       </w:r>
       <w:r w:rsidR="008D7613">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r w:rsidR="008D7613">
         <w:t xml:space="preserve"> be written in all capital letters. The capital of the title should start with upper case letter and the following words should be written in lowercase, including conjunctions (eg, (e.g., and, but, both, or, either, neither, nor, besides, however, nevertheless, otherwise, so, therefore, still, yet, though etc.). No abbreviations or acronyms should be used within the titles. Care should be taken not to use abbreviations in the title and keywords.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="4" w:author="Yazar" w:initials="A">
+  <w:comment w:id="5" w:author="Author" w:initials="A">
     <w:p w14:paraId="68727494" w14:textId="77777777" w:rsidR="006E1384" w:rsidRDefault="006E1384" w:rsidP="00890D97">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00890D97">
         <w:t>Add a running title not exceeding 40 characters to be placed at the header of the inner pages.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="5" w:author="Yazar" w:initials="A">
+  <w:comment w:id="6" w:author="Author" w:initials="A">
     <w:p w14:paraId="09EF4E60" w14:textId="77777777" w:rsidR="0038239A" w:rsidRDefault="0038239A" w:rsidP="00D24700">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00D24700">
         <w:t>All manuscripts submitted to the journal must have an English abstract. Abstracts of original research articles should not be longer than 250 words. The upper limit for a case report is 150 words. Research article abstracts should be organized as (Objective, Method, Results, Conclusion) and abstracts of other article types should not be structured.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="6" w:author="Yazar" w:initials="A">
+  <w:comment w:id="7" w:author="Author" w:initials="A">
     <w:p w14:paraId="3C9E6EF9" w14:textId="77777777" w:rsidR="00890D97" w:rsidRDefault="00890D97" w:rsidP="0013546B">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="0013546B">
         <w:t>At the end of the abstract, there should be between 3 to 6 keywords consisting of qualifying word groups. Abbreviations cannot be used as keywords, instead they should be written in their clear form. Letters that are not found in the Latin alphabet, such as alpha, beta, delta, should be used with their clear pronunciation. The first letters of the Keywords should be capitalized and separated by commas.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="7" w:author="Yazar" w:initials="A">
+  <w:comment w:id="8" w:author="Author" w:initials="A">
     <w:p w14:paraId="251425D8" w14:textId="77777777" w:rsidR="009D1104" w:rsidRDefault="00F4505C" w:rsidP="009D1104">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="009D1104">
         <w:t>Please refer to the author's guide for detailed information on the editorial issues that should be considered in manuscript preparation.</w:t>
       </w:r>
       <w:r w:rsidR="009D1104">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="009D1104" w:rsidRPr="00D929A2">
           <w:rPr>
-            <w:rStyle w:val="Kpr"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SRINMED AUTHOR'S GUIDE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:comment>
-  <w:comment w:id="9" w:author="Yazar" w:initials="A">
+  <w:comment w:id="10" w:author="Author" w:initials="A">
     <w:p w14:paraId="10FC8BB7" w14:textId="5067E61E" w:rsidR="0049262A" w:rsidRDefault="0049262A" w:rsidP="005E3128">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="005E3128">
         <w:t>In the Vancouver system, known as the Vancouver citation format or the author-number system, the numbered entries in the reference list are referred to in the text by numbers. The Vancouver format is used by MEDLINE and PubMed. The Vancouver system or Vancouver format names have been available since 1978.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="8" w:author="Yazar" w:initials="A">
+  <w:comment w:id="9" w:author="Author" w:initials="A">
     <w:p w14:paraId="4388A074" w14:textId="77777777" w:rsidR="00F4505C" w:rsidRDefault="00F4505C" w:rsidP="005E3128">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="005E3128">
         <w:t>References should be numbered consecutively in the order in which they are first mentioned in the text. Roman numerals should be avoided. If a work is cited more than once in the text, the first number should be used for the second and subsequent citations.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="10" w:author="Yazar" w:initials="A">
+  <w:comment w:id="11" w:author="Author" w:initials="A">
     <w:p w14:paraId="6B806C16" w14:textId="77777777" w:rsidR="000D6D46" w:rsidRDefault="000D6D46" w:rsidP="000D6D46">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Please no spaces after the comma.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="11" w:author="Yazar" w:initials="A">
+  <w:comment w:id="12" w:author="Author" w:initials="A">
     <w:p w14:paraId="38BF820D" w14:textId="77777777" w:rsidR="00AE0F17" w:rsidRDefault="00AE0F17" w:rsidP="005E3128">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="005E3128">
         <w:t>Since the full text file uploaded in the system will be sent to the reviewers, these fields should be blinded as … University … Hospital in the full manuscript. Coloring it in red here is just to bring it to your attention.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="12" w:author="Yazar" w:initials="A">
+  <w:comment w:id="13" w:author="Author" w:initials="A">
     <w:p w14:paraId="25ED0284" w14:textId="77777777" w:rsidR="00F97551" w:rsidRDefault="00873CBC" w:rsidP="003361A2">
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00F97551">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please provide information only about the research method of your study's design, the statistical methods you have applied, and do not include generic statements from other’s articles that are not related to your article.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="13" w:author="Yazar" w:initials="A">
+  <w:comment w:id="14" w:author="Author" w:initials="A">
     <w:p w14:paraId="10865AF9" w14:textId="15F95143" w:rsidR="00EF4D52" w:rsidRPr="006521BB" w:rsidRDefault="00EF4D52" w:rsidP="00065EFD">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00065EFD">
         <w:t>Tables should be placed at the end of the text by specifying the numbers of the tables in parentheses such as (Table 1) in order to avoid errors in the typesetting phase. Tables should be numbered according to the order they are placed in the text and a title should be added to each table. Table titles should be short but clear enough to not need explanation, and contain enough information to allow the reader to understand the table content without going back to the text. All tables should be cited in the text, and a short title should be given to each column in the table. Case numbers (n) and percentages (%) should be stated in separate columns, not in the same cell.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="14" w:author="Yazar" w:initials="A">
+  <w:comment w:id="16" w:author="Author" w:initials="A">
     <w:p w14:paraId="0D5CADD8" w14:textId="77777777" w:rsidR="00B76590" w:rsidRDefault="00B76590" w:rsidP="00B76590">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Charts or Graphics should be added to the text as they were created in the Word or Excel program, not as an image, that is, a photograph. Likewise, tables and graphics created in SPSS can be added by right-clicking on the tables and exported in Excel or Word file format with the Export option. Just place them at the very end of the full text. All of them should be called </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Figure</w:t>
       </w:r>
       <w:r>
         <w:t>, indiscriminately.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="15" w:author="Yazar" w:initials="A">
+  <w:comment w:id="15" w:author="Author" w:initials="A">
     <w:p w14:paraId="74398D2F" w14:textId="77777777" w:rsidR="009D1104" w:rsidRDefault="00B76590" w:rsidP="009D1104">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="009D1104">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>There is no need to upload photos, pictures, drawings or figures in the article to the system as a separate file. However, in order to avoid blurring during the layout of the text, you should insert photos or other images (X-ray, CT, MR, etc.) into your text in Microsoft Word program as follows.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EEA312B" w14:textId="77777777" w:rsidR="009D1104" w:rsidRDefault="009D1104" w:rsidP="009D1104">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="596D2A71" w14:textId="77777777" w:rsidR="009D1104" w:rsidRDefault="009D1104" w:rsidP="009D1104">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Insert menu -- Pictures -- Related Picture File</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C021980" w14:textId="77777777" w:rsidR="009D1104" w:rsidRDefault="009D1104" w:rsidP="009D1104">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E19AD60" w14:textId="77777777" w:rsidR="009D1104" w:rsidRDefault="009D1104" w:rsidP="009D1104">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>You must select the Related Picture file on your computer and add it, and set the picture width to 16 cm. Please do not upload images to the system at the time of submission, as there is no need to upload each image (photograph, X-ray, CT, MR or other images) separately. Just insert them at the very end of the full text. All of them should be called Figure, indiscriminately.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="16" w:author="Yazar" w:initials="A">
+  <w:comment w:id="17" w:author="Author" w:initials="A">
     <w:p w14:paraId="5A1CEBE7" w14:textId="19381692" w:rsidR="00630FFD" w:rsidRDefault="002807ED" w:rsidP="00094570">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00630FFD">
         <w:t>The letters, numbers and symbols on the Figures should be legible and consistent, and should remain in a legible size if the figure is reduced for printing.</w:t>
       </w:r>
       <w:r w:rsidR="00630FFD">
         <w:br/>
         <w:t xml:space="preserve">Titles and detailed descriptions should be stated in captions, not on the figures themselves. All of them should be called </w:t>
       </w:r>
       <w:r w:rsidR="00630FFD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Figure</w:t>
       </w:r>
       <w:r w:rsidR="00630FFD">
         <w:t>, indiscriminately.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="17" w:author="Yazar" w:initials="A">
+  <w:comment w:id="18" w:author="Author" w:initials="A">
     <w:p w14:paraId="2292E751" w14:textId="77777777" w:rsidR="00A50963" w:rsidRDefault="00A50963" w:rsidP="005774E8">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="005774E8">
         <w:t>Please format your References according to the Vancouver citation style, which is the most commonly used citation format in medical journals. For citation types not provided here, you can visit the Formatted Citation Examples for authors available on the Medline website (https://www.nlm.nih.gov/bsd/uniform_requirements.html).</w:t>
       </w:r>
       <w:r w:rsidR="005774E8">
         <w:cr/>
         <w:t>When referring to all articles published in our journal and other international journals, a DOI record, if any, should be added to the reference list. We attach great importance to adding DOI to the references list.</w:t>
       </w:r>
       <w:r w:rsidR="005774E8">
         <w:cr/>
       </w:r>
       <w:r w:rsidR="005774E8">
         <w:cr/>
         <w:t>You can use the following page to query the DOI records of the resources;</w:t>
       </w:r>
       <w:r w:rsidR="005774E8">
         <w:cr/>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidR="005774E8" w:rsidRPr="00013071">
           <w:rPr>
-            <w:rStyle w:val="Kpr"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://doi.crossref.org/simpleTextQuery</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005774E8">
         <w:cr/>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="18" w:author="Yazar" w:initials="A">
+  <w:comment w:id="19" w:author="Author" w:initials="A">
     <w:p w14:paraId="78C0E590" w14:textId="77777777" w:rsidR="005774E8" w:rsidRDefault="005774E8" w:rsidP="00F44198">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00F44198">
         <w:t>DOIs from resources should be added in this format. It is painted just to draw attention to the DOI format and</w:t>
       </w:r>
       <w:r w:rsidR="00F44198">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> you should not paint it that way.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="19" w:author="Yazar" w:initials="A">
+  <w:comment w:id="20" w:author="Author" w:initials="A">
     <w:p w14:paraId="1B33CF09" w14:textId="77777777" w:rsidR="002807ED" w:rsidRDefault="00325A96" w:rsidP="00E177FF">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="002807ED">
         <w:t xml:space="preserve">Charts or Graphics should be added to the text as they were created in the Word or Excel program, </w:t>
       </w:r>
       <w:r w:rsidR="002807ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>not as an image</w:t>
       </w:r>
       <w:r w:rsidR="002807ED">
         <w:t>, that is, a photograph. Likewise, tables and graphics created in SPSS can be added by right-clicking on the tables and exported in Excel or Word file format with the Export option. All of them should be called Figure, indiscriminately.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="20" w:author="Yazar" w:initials="A">
+  <w:comment w:id="22" w:author="Author" w:initials="A">
     <w:p w14:paraId="0DD44D44" w14:textId="77777777" w:rsidR="009D1104" w:rsidRDefault="00F17480" w:rsidP="009D1104">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="009D1104">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>There is no need to upload photos, pictures, drawings or figures in the article to the system as a separate file. However, in order to avoid blurring during the layout of the text, you should insert photos or other images (X-ray, CT, MR, etc.) into your text in Microsoft Word program as follows.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A4F396" w14:textId="77777777" w:rsidR="009D1104" w:rsidRDefault="009D1104" w:rsidP="009D1104">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="672178B6" w14:textId="77777777" w:rsidR="009D1104" w:rsidRDefault="009D1104" w:rsidP="009D1104">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Insert menu -- Pictures -- Related Picture File</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A20D94E" w14:textId="77777777" w:rsidR="009D1104" w:rsidRDefault="009D1104" w:rsidP="009D1104">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D0BA010" w14:textId="77777777" w:rsidR="009D1104" w:rsidRDefault="009D1104" w:rsidP="009D1104">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>You must select the Related Picture file on your computer and add it, and set the picture width to 16 cm. Please do not upload images to the system at the time of submission, as there is no need to upload each image (photograph, X-ray, CT, MR or other images) separately. Just insert them at the very end of the full text. All of them should be called Figure, indiscriminately.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="21" w:author="Yazar" w:initials="A">
+  <w:comment w:id="21" w:author="Author" w:initials="A">
     <w:p w14:paraId="52086B90" w14:textId="2A85EE95" w:rsidR="00630FFD" w:rsidRDefault="00F17480">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00630FFD">
         <w:t>The letters, numbers and symbols on the Figures should be legible and consistent, and should remain in a legible size if the figure is reduced for printing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="281366C7" w14:textId="77777777" w:rsidR="00630FFD" w:rsidRDefault="00630FFD" w:rsidP="002E66B6">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>Titles and detailed descriptions should be stated in captions, not on the figures themselves.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="22" w:author="Yazar" w:initials="A">
+  <w:comment w:id="23" w:author="Author" w:initials="A">
     <w:p w14:paraId="0B5AB69D" w14:textId="11E67B33" w:rsidR="009B67A9" w:rsidRPr="006521BB" w:rsidRDefault="009B67A9" w:rsidP="00250A14">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Tables should be placed at the end of the text by specifying the numbers of the tables in parentheses such as (Table 1) in order to avoid errors in the typesetting phase. Tables should be numbered according to the order they are placed in the text and a title should be added to each table. Table titles should be short but clear enough to not need explanation, and contain enough information to allow the reader to understand the table content without going back to the text. All tables should be cited in the text, and a short title should be given to each column in the table. Case numbers (n) and percentages (%) should be stated in separate columns, not in the same cell.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="23" w:author="Yazar" w:initials="A">
+  <w:comment w:id="24" w:author="Author" w:initials="A">
     <w:p w14:paraId="321C621A" w14:textId="77777777" w:rsidR="009B67A9" w:rsidRDefault="009B67A9" w:rsidP="00250A14">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Charts or Graphics should be added to the text as they were created in the Word or Excel program, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>not as an image</w:t>
       </w:r>
       <w:r>
         <w:t>, that is, a photograph. Likewise, tables and graphics created in SPSS can be added by right-clicking on the tables and exported in Excel or Word file format with the Export option.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="24" w:author="Yazar" w:initials="A">
+  <w:comment w:id="25" w:author="Author" w:initials="A">
     <w:p w14:paraId="05EC5AB6" w14:textId="77777777" w:rsidR="00231EB8" w:rsidRDefault="00231EB8" w:rsidP="00250A14">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>The Explanation of symbols and used statistical tests should be expressed at the bottom of the table.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="25" w:author="Yazar" w:initials="A">
+  <w:comment w:id="26" w:author="Author" w:initials="A">
     <w:p w14:paraId="5760B4BC" w14:textId="77777777" w:rsidR="009B67A9" w:rsidRDefault="009B67A9" w:rsidP="00250A14">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Charts or Graphics should be added to the text as they were created in the Word or Excel program, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>not as an image</w:t>
       </w:r>
       <w:r>
         <w:t>, that is, a photograph. Likewise, tables and graphics created in SPSS can be added by right-clicking on the tables and exported in Excel or Word file format with the Export option.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="27" w:author="Author" w:initials="A">
+    <w:p w14:paraId="4ACC92B4" w14:textId="77777777" w:rsidR="0006025C" w:rsidRPr="006521BB" w:rsidRDefault="0006025C" w:rsidP="00250A14">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006521BB">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Tables should be placed at the end of the text by specifying the numbers of the tables in parentheses such as (Table 1) in order to avoid errors in the typesetting phase. Tables should be numbered according to the order they are placed in the text and a title should be added to each table. Table titles should be short but clear enough to not need explanation, and contain enough information to allow the reader to understand the table content without going back to the text. All tables should be cited in the text, and a short title should be given to each column in the table. Case numbers (n) and percentages (%) should be stated in separate columns, not in the same cell.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="28" w:author="Author" w:initials="A">
+    <w:p w14:paraId="2524E5A0" w14:textId="77777777" w:rsidR="0006025C" w:rsidRDefault="0006025C" w:rsidP="00250A14">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Charts or Graphics should be added to the text as they were created in the Word or Excel program, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>not as an image</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, that is, a photograph. Likewise, tables and graphics created in SPSS can be added by right-clicking on the tables and exported in Excel or Word file format with the Export option.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="29" w:author="Author" w:initials="A">
+    <w:p w14:paraId="1389E3A0" w14:textId="77777777" w:rsidR="0006025C" w:rsidRDefault="0006025C" w:rsidP="00250A14">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>The Explanation of symbols and used statistical tests should be expressed at the bottom of the table.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="2615DF2D" w15:done="0"/>
   <w15:commentEx w15:paraId="632C222A" w15:done="0"/>
   <w15:commentEx w15:paraId="2F27870A" w15:done="0"/>
   <w15:commentEx w15:paraId="1A74660C" w15:done="0"/>
   <w15:commentEx w15:paraId="7E7BA4E9" w15:done="0"/>
   <w15:commentEx w15:paraId="68727494" w15:done="0"/>
   <w15:commentEx w15:paraId="09EF4E60" w15:done="0"/>
   <w15:commentEx w15:paraId="3C9E6EF9" w15:done="0"/>
   <w15:commentEx w15:paraId="251425D8" w15:done="0"/>
   <w15:commentEx w15:paraId="10FC8BB7" w15:done="0"/>
   <w15:commentEx w15:paraId="4388A074" w15:done="0"/>
   <w15:commentEx w15:paraId="6B806C16" w15:done="0"/>
   <w15:commentEx w15:paraId="38BF820D" w15:done="0"/>
   <w15:commentEx w15:paraId="25ED0284" w15:done="0"/>
   <w15:commentEx w15:paraId="10865AF9" w15:done="0"/>
   <w15:commentEx w15:paraId="0D5CADD8" w15:done="0"/>
   <w15:commentEx w15:paraId="1E19AD60" w15:done="0"/>
   <w15:commentEx w15:paraId="5A1CEBE7" w15:done="0"/>
   <w15:commentEx w15:paraId="2292E751" w15:done="0"/>
   <w15:commentEx w15:paraId="78C0E590" w15:done="0"/>
   <w15:commentEx w15:paraId="1B33CF09" w15:done="0"/>
   <w15:commentEx w15:paraId="4D0BA010" w15:done="0"/>
   <w15:commentEx w15:paraId="281366C7" w15:done="0"/>
   <w15:commentEx w15:paraId="0B5AB69D" w15:done="0"/>
   <w15:commentEx w15:paraId="321C621A" w15:done="0"/>
   <w15:commentEx w15:paraId="05EC5AB6" w15:done="0"/>
   <w15:commentEx w15:paraId="5760B4BC" w15:done="0"/>
+  <w15:commentEx w15:paraId="4ACC92B4" w15:done="0"/>
+  <w15:commentEx w15:paraId="2524E5A0" w15:done="0"/>
+  <w15:commentEx w15:paraId="1389E3A0" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="2615DF2D" w16cid:durableId="52EEB156"/>
   <w16cid:commentId w16cid:paraId="632C222A" w16cid:durableId="2094AFFE"/>
   <w16cid:commentId w16cid:paraId="2F27870A" w16cid:durableId="266DD14F"/>
   <w16cid:commentId w16cid:paraId="1A74660C" w16cid:durableId="266DD3CF"/>
   <w16cid:commentId w16cid:paraId="7E7BA4E9" w16cid:durableId="266DD40C"/>
   <w16cid:commentId w16cid:paraId="68727494" w16cid:durableId="266DC685"/>
   <w16cid:commentId w16cid:paraId="09EF4E60" w16cid:durableId="266DD32B"/>
   <w16cid:commentId w16cid:paraId="3C9E6EF9" w16cid:durableId="266F44CD"/>
   <w16cid:commentId w16cid:paraId="251425D8" w16cid:durableId="2094B5AB"/>
   <w16cid:commentId w16cid:paraId="10FC8BB7" w16cid:durableId="2094B6BB"/>
   <w16cid:commentId w16cid:paraId="4388A074" w16cid:durableId="2094B658"/>
   <w16cid:commentId w16cid:paraId="6B806C16" w16cid:durableId="269CE050"/>
   <w16cid:commentId w16cid:paraId="38BF820D" w16cid:durableId="2094BEF3"/>
   <w16cid:commentId w16cid:paraId="25ED0284" w16cid:durableId="25A41AAF"/>
   <w16cid:commentId w16cid:paraId="10865AF9" w16cid:durableId="2094B72B"/>
   <w16cid:commentId w16cid:paraId="0D5CADD8" w16cid:durableId="266F4FA1"/>
   <w16cid:commentId w16cid:paraId="1E19AD60" w16cid:durableId="2094B7A0"/>
   <w16cid:commentId w16cid:paraId="5A1CEBE7" w16cid:durableId="2094B825"/>
   <w16cid:commentId w16cid:paraId="2292E751" w16cid:durableId="25A41E7E"/>
   <w16cid:commentId w16cid:paraId="78C0E590" w16cid:durableId="26981E73"/>
   <w16cid:commentId w16cid:paraId="1B33CF09" w16cid:durableId="266F4EFC"/>
   <w16cid:commentId w16cid:paraId="4D0BA010" w16cid:durableId="2094BC7B"/>
   <w16cid:commentId w16cid:paraId="281366C7" w16cid:durableId="2094BC8F"/>
   <w16cid:commentId w16cid:paraId="0B5AB69D" w16cid:durableId="2094B97F"/>
   <w16cid:commentId w16cid:paraId="321C621A" w16cid:durableId="25A4270A"/>
   <w16cid:commentId w16cid:paraId="05EC5AB6" w16cid:durableId="266F5177"/>
   <w16cid:commentId w16cid:paraId="5760B4BC" w16cid:durableId="2094BC2D"/>
+  <w16cid:commentId w16cid:paraId="4ACC92B4" w16cid:durableId="00DA28CA"/>
+  <w16cid:commentId w16cid:paraId="2524E5A0" w16cid:durableId="506724F7"/>
+  <w16cid:commentId w16cid:paraId="1389E3A0" w16cid:durableId="4DE6F556"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DFAF5BB" w14:textId="77777777" w:rsidR="008625D1" w:rsidRDefault="008625D1">
+    <w:p w14:paraId="2427D60E" w14:textId="77777777" w:rsidR="003334A3" w:rsidRDefault="003334A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12CD02DA" w14:textId="77777777" w:rsidR="008625D1" w:rsidRDefault="008625D1">
+    <w:p w14:paraId="1B3463C7" w14:textId="77777777" w:rsidR="003334A3" w:rsidRDefault="003334A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:altName w:val="Corbel"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Heuristica Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000027F" w:usb1="5000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000017" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Heuristica Regular">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="5000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000017" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
-        <w:rStyle w:val="SayfaNumaras"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="165518835"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="41B86375" w14:textId="77777777" w:rsidR="00DA0CEC" w:rsidRDefault="00DA0CEC" w:rsidP="00DD4A6E">
         <w:pPr>
-          <w:pStyle w:val="AltBilgi"/>
+          <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00447594">
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="59CC47F5" w14:textId="77777777" w:rsidR="00DA0CEC" w:rsidRDefault="00DA0CEC" w:rsidP="00DA0CEC">
     <w:pPr>
-      <w:pStyle w:val="AltBilgi"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
-        <w:rStyle w:val="SayfaNumaras"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-1167328686"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="2614B456" w14:textId="77777777" w:rsidR="00DA0CEC" w:rsidRDefault="00DA0CEC" w:rsidP="00DD4A6E">
         <w:pPr>
-          <w:pStyle w:val="AltBilgi"/>
+          <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="03570B48" w14:textId="5533AD4A" w:rsidR="00126C66" w:rsidRPr="003C04EB" w:rsidRDefault="003C04EB" w:rsidP="00DA0CEC">
     <w:pPr>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Form Rev. 1.</w:t>
     </w:r>
     <w:r w:rsidR="004918D3">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -11205,110 +14336,110 @@
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="004918D3">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>31.01.2024</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72200E0B" w14:textId="77777777" w:rsidR="004918D3" w:rsidRDefault="004918D3">
     <w:pPr>
-      <w:pStyle w:val="AltBilgi"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D2355B3" w14:textId="77777777" w:rsidR="008625D1" w:rsidRDefault="008625D1">
+    <w:p w14:paraId="02E6BF05" w14:textId="77777777" w:rsidR="003334A3" w:rsidRDefault="003334A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A56F516" w14:textId="77777777" w:rsidR="008625D1" w:rsidRDefault="008625D1">
+    <w:p w14:paraId="0F2AE4B8" w14:textId="77777777" w:rsidR="003334A3" w:rsidRDefault="003334A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1712FA3D" w14:textId="77777777" w:rsidR="004918D3" w:rsidRDefault="004918D3">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A36B8B1" w14:textId="77777777" w:rsidR="004918D3" w:rsidRDefault="004918D3">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="540F8782" w14:textId="77777777" w:rsidR="004918D3" w:rsidRDefault="004918D3">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E565E60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFE4370C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -11539,230 +14670,237 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="393159463">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1915553747">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1420834906">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00231EB8"/>
     <w:rsid w:val="000042C0"/>
     <w:rsid w:val="00007312"/>
     <w:rsid w:val="000226C9"/>
     <w:rsid w:val="000266B0"/>
     <w:rsid w:val="00031B58"/>
     <w:rsid w:val="00031CE1"/>
     <w:rsid w:val="00040EF7"/>
     <w:rsid w:val="00052151"/>
+    <w:rsid w:val="0006025C"/>
     <w:rsid w:val="00064778"/>
     <w:rsid w:val="00065EFD"/>
     <w:rsid w:val="000947BE"/>
     <w:rsid w:val="000A0833"/>
     <w:rsid w:val="000A799A"/>
     <w:rsid w:val="000D0D6E"/>
     <w:rsid w:val="000D6D46"/>
     <w:rsid w:val="000E1E95"/>
     <w:rsid w:val="000F7F96"/>
     <w:rsid w:val="00117D6A"/>
     <w:rsid w:val="00126C66"/>
     <w:rsid w:val="0013546B"/>
     <w:rsid w:val="001479FA"/>
     <w:rsid w:val="00151ED9"/>
     <w:rsid w:val="001560FE"/>
     <w:rsid w:val="00160360"/>
     <w:rsid w:val="0019144F"/>
     <w:rsid w:val="00196AFF"/>
     <w:rsid w:val="001A02C6"/>
     <w:rsid w:val="001B14FD"/>
     <w:rsid w:val="001B7FBE"/>
     <w:rsid w:val="001C2BC5"/>
     <w:rsid w:val="001C5D75"/>
     <w:rsid w:val="001D3887"/>
     <w:rsid w:val="001E0F1A"/>
     <w:rsid w:val="001F579E"/>
     <w:rsid w:val="00205077"/>
     <w:rsid w:val="0022195B"/>
     <w:rsid w:val="002250E2"/>
     <w:rsid w:val="00231EB8"/>
     <w:rsid w:val="0023366D"/>
     <w:rsid w:val="00250A14"/>
     <w:rsid w:val="00270060"/>
     <w:rsid w:val="002707EF"/>
     <w:rsid w:val="002807ED"/>
     <w:rsid w:val="00282DEF"/>
     <w:rsid w:val="00285235"/>
     <w:rsid w:val="002961D3"/>
     <w:rsid w:val="002B24B9"/>
     <w:rsid w:val="002C0950"/>
     <w:rsid w:val="002C15E6"/>
     <w:rsid w:val="002C210E"/>
     <w:rsid w:val="002D2732"/>
     <w:rsid w:val="002F168E"/>
     <w:rsid w:val="00300F8B"/>
     <w:rsid w:val="00313B5D"/>
     <w:rsid w:val="00325A96"/>
+    <w:rsid w:val="003334A3"/>
     <w:rsid w:val="00333CEE"/>
     <w:rsid w:val="00342B3F"/>
     <w:rsid w:val="003778B8"/>
     <w:rsid w:val="0038239A"/>
     <w:rsid w:val="003A540E"/>
     <w:rsid w:val="003B5696"/>
     <w:rsid w:val="003C04EB"/>
     <w:rsid w:val="003F0141"/>
     <w:rsid w:val="003F26E8"/>
     <w:rsid w:val="003F726D"/>
     <w:rsid w:val="004306C1"/>
     <w:rsid w:val="004368E9"/>
     <w:rsid w:val="004471D6"/>
     <w:rsid w:val="00447594"/>
     <w:rsid w:val="00473401"/>
     <w:rsid w:val="0048093A"/>
     <w:rsid w:val="00483B30"/>
     <w:rsid w:val="004918D3"/>
     <w:rsid w:val="0049262A"/>
     <w:rsid w:val="004A4FFE"/>
     <w:rsid w:val="004C66F4"/>
     <w:rsid w:val="004C71D0"/>
     <w:rsid w:val="004C79C5"/>
     <w:rsid w:val="004F4839"/>
     <w:rsid w:val="004F5A27"/>
     <w:rsid w:val="004F752F"/>
     <w:rsid w:val="004F7954"/>
     <w:rsid w:val="00510100"/>
     <w:rsid w:val="005706BE"/>
     <w:rsid w:val="0057187B"/>
     <w:rsid w:val="005723DD"/>
     <w:rsid w:val="005774E8"/>
     <w:rsid w:val="0058212D"/>
     <w:rsid w:val="00582301"/>
     <w:rsid w:val="00590368"/>
     <w:rsid w:val="005C7BE7"/>
     <w:rsid w:val="005E3128"/>
     <w:rsid w:val="005F2F25"/>
     <w:rsid w:val="005F48BC"/>
     <w:rsid w:val="006248CD"/>
     <w:rsid w:val="00630FFD"/>
     <w:rsid w:val="0063508C"/>
     <w:rsid w:val="0063572A"/>
     <w:rsid w:val="00642F52"/>
     <w:rsid w:val="006521BB"/>
     <w:rsid w:val="00656C39"/>
     <w:rsid w:val="006644D5"/>
     <w:rsid w:val="00665F6A"/>
+    <w:rsid w:val="006D7757"/>
     <w:rsid w:val="006E1384"/>
     <w:rsid w:val="006F04F2"/>
     <w:rsid w:val="00711E5D"/>
     <w:rsid w:val="007221C8"/>
     <w:rsid w:val="00767356"/>
     <w:rsid w:val="00776A65"/>
     <w:rsid w:val="00781958"/>
     <w:rsid w:val="0079203A"/>
     <w:rsid w:val="00793BC4"/>
     <w:rsid w:val="007B149E"/>
     <w:rsid w:val="007E1F1D"/>
     <w:rsid w:val="007F2920"/>
     <w:rsid w:val="0083614C"/>
     <w:rsid w:val="008625D1"/>
     <w:rsid w:val="00863887"/>
     <w:rsid w:val="00873CBC"/>
     <w:rsid w:val="00890D97"/>
     <w:rsid w:val="008A5532"/>
     <w:rsid w:val="008B1619"/>
     <w:rsid w:val="008B3D4A"/>
     <w:rsid w:val="008D7613"/>
     <w:rsid w:val="00925812"/>
     <w:rsid w:val="00944EFE"/>
     <w:rsid w:val="00953187"/>
     <w:rsid w:val="00956171"/>
     <w:rsid w:val="00962998"/>
     <w:rsid w:val="00973A13"/>
     <w:rsid w:val="00983A14"/>
     <w:rsid w:val="009B67A9"/>
     <w:rsid w:val="009D1104"/>
     <w:rsid w:val="009E2B31"/>
     <w:rsid w:val="009F247A"/>
     <w:rsid w:val="009F2F4D"/>
+    <w:rsid w:val="00A10BA8"/>
     <w:rsid w:val="00A11039"/>
     <w:rsid w:val="00A361C1"/>
     <w:rsid w:val="00A4195E"/>
     <w:rsid w:val="00A50963"/>
     <w:rsid w:val="00A6094B"/>
     <w:rsid w:val="00AE0F17"/>
     <w:rsid w:val="00AF3116"/>
     <w:rsid w:val="00B329C2"/>
     <w:rsid w:val="00B34B93"/>
     <w:rsid w:val="00B40EC4"/>
+    <w:rsid w:val="00B45624"/>
     <w:rsid w:val="00B76590"/>
     <w:rsid w:val="00B9246C"/>
     <w:rsid w:val="00BA34FD"/>
     <w:rsid w:val="00BA68FE"/>
+    <w:rsid w:val="00BB6B0A"/>
     <w:rsid w:val="00BC47FE"/>
     <w:rsid w:val="00BD1805"/>
     <w:rsid w:val="00C040CF"/>
+    <w:rsid w:val="00C1762F"/>
     <w:rsid w:val="00C515B2"/>
     <w:rsid w:val="00C7107B"/>
     <w:rsid w:val="00C73415"/>
     <w:rsid w:val="00CA2905"/>
     <w:rsid w:val="00CB2E3F"/>
     <w:rsid w:val="00CB6737"/>
     <w:rsid w:val="00CD288E"/>
     <w:rsid w:val="00CD3C36"/>
     <w:rsid w:val="00CD61F3"/>
     <w:rsid w:val="00CF14C8"/>
     <w:rsid w:val="00D03462"/>
     <w:rsid w:val="00D24700"/>
     <w:rsid w:val="00D32A64"/>
     <w:rsid w:val="00D3322B"/>
     <w:rsid w:val="00D47F6C"/>
     <w:rsid w:val="00D505DD"/>
     <w:rsid w:val="00D7205B"/>
     <w:rsid w:val="00D830F3"/>
     <w:rsid w:val="00D90A6D"/>
     <w:rsid w:val="00D92BF8"/>
     <w:rsid w:val="00D943AA"/>
     <w:rsid w:val="00DA0CA3"/>
     <w:rsid w:val="00DA0CEC"/>
     <w:rsid w:val="00DC279A"/>
     <w:rsid w:val="00DE3525"/>
@@ -11793,51 +14931,51 @@
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0E793F12"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12203,339 +15341,339 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005706BE"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
     <w:name w:val="Body"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AklamaMetni">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AklamaMetniChar"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaMetniChar">
-[...2 lines deleted...]
-    <w:link w:val="AklamaMetni"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AklamaBavurusu">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalonMetni">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalonMetniChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00282DEF"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
-[...2 lines deleted...]
-    <w:link w:val="BalonMetni"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00282DEF"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AklamaKonusu">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="AklamaMetni"/>
-[...1 lines deleted...]
-    <w:link w:val="AklamaKonusuChar"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00282DEF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaKonusuChar">
-[...2 lines deleted...]
-    <w:link w:val="AklamaKonusu"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00282DEF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTablo"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00D03462"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Dzeltme">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000226C9"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bar w:val="none" w:sz="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AltBilgi">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltBilgiChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA0CEC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
-[...2 lines deleted...]
-    <w:link w:val="AltBilgi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DA0CEC"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SayfaNumaras">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA0CEC"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stBilgi">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stBilgiChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C04EB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
-[...2 lines deleted...]
-    <w:link w:val="stBilgi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003C04EB"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C515B2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="zlenenKpr">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C515B2"/>
     <w:rPr>
       <w:color w:val="FF00FF" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00313B5D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="YerTutucuMetni">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00031CE1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SatrNumaras">
+  <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA34FD"/>
   </w:style>
-  <w:style w:type="table" w:styleId="DzTablo2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="NormalTablo"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="42"/>
     <w:rsid w:val="00231EB8"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -12566,53 +15704,53 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="KlavuzTablo1Ak">
+  <w:style w:type="table" w:styleId="GridTable1Light">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="NormalTablo"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00231EB8"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
@@ -12620,53 +15758,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="DzTablo5">
+  <w:style w:type="table" w:styleId="PlainTable5">
     <w:name w:val="Plain Table 5"/>
-    <w:basedOn w:val="NormalTablo"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="45"/>
     <w:rsid w:val="00231EB8"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -12737,93 +15875,93 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="GlAlnt">
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="GlAlntChar"/>
+    <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00285235"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="00A2FF" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="00A2FF" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00A2FF" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="GlAlntChar">
-[...2 lines deleted...]
-    <w:link w:val="GlAlnt"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00285235"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00A2FF" w:themeColor="accent1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="41708446">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="510724460">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12984,51 +16122,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.crossref.org/simpleTextQuery" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.akademisyen.net/index.php/srinmed/about/submissions" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="Book1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="tr-TR"/>
+  <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -15342,73 +18480,73 @@
           </a:defRPr>
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>17367</Characters>
+  <Pages>17</Pages>
+  <Words>3119</Words>
+  <Characters>17781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>144</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>148</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20373</CharactersWithSpaces>
+  <CharactersWithSpaces>20859</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>